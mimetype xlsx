--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -911,102 +911,102 @@
       <c r="C20" s="1" t="n">
         <v>45777</v>
       </c>
       <c r="D20" s="1" t="n">
         <v>45960</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>удовл</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>норм</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>45</v>
       </c>
       <c r="B21" t="n">
         <v>657</v>
       </c>
       <c r="C21" s="1" t="n">
-        <v>45796</v>
+        <v>45980</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>45980</v>
+        <v>46161</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>удовл</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>норм</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>46</v>
       </c>
       <c r="B22" t="n">
         <v>6099</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>45936</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>46118</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>удовл</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>норм</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>47</v>
       </c>
       <c r="B23" t="n">
         <v>568</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>45866</v>
+        <v>45836</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>46050</v>
+        <v>46019</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>удовл</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>норм</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>48</v>
       </c>
       <c r="B24" t="n">
         <v>576</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>45963</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>46144</v>
       </c>
@@ -1124,60 +1124,60 @@
       <c r="D29" s="1" t="n">
         <v>46075</v>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>удовл</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>норм</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>55</v>
       </c>
       <c r="B30" t="n">
         <v>4024</v>
       </c>
       <c r="C30" s="1" t="n">
         <v>45921</v>
       </c>
       <c r="D30" s="1" t="n">
-        <v>46102</v>
+        <v>46006</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>удовл</t>
+          <t>неуд</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>норм</t>
+          <t>сгорел якорь</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>56</v>
       </c>
       <c r="B31" t="n">
         <v>314</v>
       </c>
       <c r="C31" s="1" t="n">
         <v>45702</v>
       </c>
       <c r="D31" s="1" t="n">
         <v>45883</v>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>удовл</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>норм</t>
         </is>
@@ -1313,54 +1313,54 @@
       <c r="C37" s="1" t="n">
         <v>45920</v>
       </c>
       <c r="D37" s="1" t="n">
         <v>46101</v>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>удовл</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>норм</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>63</v>
       </c>
       <c r="B38" t="n">
         <v>204</v>
       </c>
       <c r="C38" s="1" t="n">
-        <v>45759</v>
+        <v>45942</v>
       </c>
       <c r="D38" s="1" t="n">
-        <v>45942</v>
+        <v>46124</v>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>удовл</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>норм</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>64</v>
       </c>
       <c r="B39" t="n">
         <v>257</v>
       </c>
       <c r="C39" s="1" t="n">
         <v>45920</v>
       </c>
       <c r="D39" s="1" t="n">
         <v>46101</v>
       </c>