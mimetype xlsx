--- v0 (2026-01-09)
+++ v1 (2026-02-23)
@@ -413,51 +413,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E44"/>
+  <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Инвентарный номер</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Кому выдан</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1150,96 +1150,137 @@
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Коничка</t>
         </is>
       </c>
       <c r="D40" s="1" t="n">
         <v>45978</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>144</v>
       </c>
       <c r="B41" t="n">
         <v>653</v>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Коничка</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
         <v>45978</v>
       </c>
+      <c r="E41" s="1" t="n">
+        <v>46021</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>145</v>
       </c>
       <c r="B42" t="n">
         <v>576</v>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>КЦ-1</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
         <v>46001</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>46003</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>146</v>
       </c>
       <c r="B43" t="n">
         <v>568</v>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Коничка</t>
         </is>
       </c>
       <c r="D43" s="1" t="n">
         <v>46012</v>
       </c>
+      <c r="E43" s="1" t="n">
+        <v>46021</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>147</v>
       </c>
       <c r="B44" t="n">
         <v>48</v>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Коничка</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
         <v>46015</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="n">
+        <v>148</v>
+      </c>
+      <c r="B45" t="n">
+        <v>707</v>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>Коничка</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="n">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="n">
+        <v>149</v>
+      </c>
+      <c r="B46" t="n">
+        <v>1571</v>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>КЦ-1</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="n">
+        <v>46055</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>